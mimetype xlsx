--- v0 (2025-12-22)
+++ v1 (2026-02-21)
@@ -28,523 +28,523 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
-    <t>Emplacement de la fonderie de Sixt (1-001)</t>
-[...240 lines deleted...]
-    <t>Vue générale de Sixt, aout 1950</t>
+    <t>Photos lors d'un concert de l'harmonie de Sixt à la kermesse (7-022)</t>
+  </si>
+  <si>
+    <t>Photos lors d'un concert de l'harmonie de Sixt à la kermesse</t>
+  </si>
+  <si>
+    <t>Photos de la fanfare et d'une vente de bescoins devant l'église (7-017)</t>
+  </si>
+  <si>
+    <t>Photos de la fanfare et d'une vente de bescoins devant l'église</t>
+  </si>
+  <si>
+    <t>Conseils Municipaux année 1995  : Sixt Fer A Cheval , Samoëns , Morillon  (7-012)</t>
+  </si>
+  <si>
+    <t>Photos des Conseils Municipaux élections année  1995
+ Sixt fer A Cheval :  Maire Pierre Moccand 
+Samoëns  
+ Morillon</t>
+  </si>
+  <si>
+    <t>Fanfare de Sixt Fer A Cheval et chorale la Sizère (7-011)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fanfare de Sixt Fer A Cheval et chorale la Sizère dans L'ancienne salle des fêtes </t>
+  </si>
+  <si>
+    <t>Cimetière sous la neige (7-010)</t>
+  </si>
+  <si>
+    <t>Cimetière sous la neige</t>
+  </si>
+  <si>
+    <t>Descente en rafting  et nage en eau vive sur le Giffre   (7-009)</t>
+  </si>
+  <si>
+    <t>Descente en rafting et nage en eau vive  par des enfants sur le Giffre  et pose de mire au Gorges des Tines</t>
+  </si>
+  <si>
+    <t>Les secouristes en Montagne font du Raft  (7-008)</t>
+  </si>
+  <si>
+    <t>Les secouristes en Montagne font du raft  a Sixt fer A Cheval</t>
+  </si>
+  <si>
+    <t>Préparation du repas de la kermesse du 15 août 1995 au presbytère de Sixt fer a cheval (7-007)</t>
+  </si>
+  <si>
+    <t>Préparation du repas de la kermesse du 15 août 1995 au presbytère de Sixt fer A Cheval</t>
+  </si>
+  <si>
+    <t>Jeux Nordiques OPA édition 1996 (7-003)</t>
+  </si>
+  <si>
+    <t>Jeux Nordiques OPA  hiver  1995/1996 Course de Ski de fond  Montée du fer a Cheval</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cirque du fer a cheval  La corne du chamois  hiver  1995/1996 (7-002)</t>
+  </si>
+  <si>
+    <t>Hiver  1995/1996 Photo de la corne du chamois dans le Cirque du Fer A Cheval</t>
+  </si>
+  <si>
+    <t>Photos des téléskis de Sixt (6-2460)</t>
+  </si>
+  <si>
+    <t>Photos des téléskis de Sixt</t>
+  </si>
+  <si>
+    <t>Carnaval - 1948 (6-017)</t>
+  </si>
+  <si>
+    <t>Carnaval - 1948</t>
+  </si>
+  <si>
+    <t>Photo de la famille d'André MOCCAND - 1958 (6-005)</t>
+  </si>
+  <si>
+    <t>Photo de la famille d'André MOCCAND - 1958</t>
+  </si>
+  <si>
+    <t>Photo d’une course à Tête à l’Ane -1919 (51-027)</t>
+  </si>
+  <si>
+    <t>Photo d’une course à Tete à l’Ane -1919</t>
+  </si>
+  <si>
+    <t>Affiche sur la vallée du Giffre - Samoëns/ Sixt datant de 1892 (51-017)</t>
+  </si>
+  <si>
+    <t>Affiche sur la vallée du Giffre - Samoëns/ Sixt datant de 1892</t>
+  </si>
+  <si>
+    <t>Photos de la remontée mécanique de Sixt - 1959 (51-016)</t>
+  </si>
+  <si>
+    <t>Photos de la remontée mécanique de Sixt - 1959</t>
+  </si>
+  <si>
+    <t>Article de journal sur l'installation du téléski de Sixt en 1950 (51-015)</t>
+  </si>
+  <si>
+    <t>Article de journal sur l'installation du téléski de Sixt en 1950</t>
+  </si>
+  <si>
+    <t>Lithographies du village de Sixt - 1866 (51-010)</t>
+  </si>
+  <si>
+    <t>Lithographies du village de Sixt - 1866</t>
+  </si>
+  <si>
+    <t>Carte de Sixt et ses environs - 1850 (5-001)</t>
+  </si>
+  <si>
+    <t>Carte de Sixt et ses environs - 1850</t>
+  </si>
+  <si>
+    <t>Défilé de la fanfare de Sixt (48-008)</t>
+  </si>
+  <si>
+    <t>Défilé de la fanfare de Sixt</t>
+  </si>
+  <si>
+    <t>Photo de groupe de la fanfare de Sixt (48-006)</t>
+  </si>
+  <si>
+    <t>Photo de groupe de la fanfare de Sixt</t>
+  </si>
+  <si>
+    <t>Copie du procès  verbal de prestation de serment de Monsieur Augustin Deffayet (4-009)</t>
+  </si>
+  <si>
+    <t>Copie du procès verbal de prestation de serment de Monsieur augustin Deffayet</t>
+  </si>
+  <si>
+    <t>Vie Quotidienne de 1821à 1859 (4-008)</t>
+  </si>
+  <si>
+    <t>Vie quotidienne de 1821 à 1859</t>
+  </si>
+  <si>
+    <t>Note sur le fonctionnement de l'école (4-007)</t>
+  </si>
+  <si>
+    <t>Note sur le fonctionnement de l'école</t>
+  </si>
+  <si>
+    <t>Historique des saisons de 1818 à 1856 (4-006)</t>
+  </si>
+  <si>
+    <t>Historique des saisons de 1818 à 1856</t>
+  </si>
+  <si>
+    <t>Courrier de l'inspection des écoles Primaires de Bonneville du 4 octobre 1864 (4-005)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Courrier de l' inspection des écoles primaires de Bonneville  du 4 octobre 1864 a l'intention de Monsieur Le Maire de Sixt  : Proposition d'une institutrice Mademoiselle Caille pour l'école du Hameau du Molliet </t>
+  </si>
+  <si>
+    <t>Tenue de Journal  de  1811 a 1865 (4-003)</t>
+  </si>
+  <si>
+    <t>Tenue de journal de 1811 a 1865</t>
+  </si>
+  <si>
+    <t>Courrier à Monsieur Le Juge de Sixt  (4-0013)</t>
+  </si>
+  <si>
+    <t>Courrier en date du 31mars 1763 à Monsieur le Juge de Sixt  reconnaissance de dette envers des Habitants du hameau de  Dessus du four</t>
+  </si>
+  <si>
+    <t>Reconnaissance de dette  en date de septembre 1662 signé par le Chanoine Rannoz (4-0012)</t>
+  </si>
+  <si>
+    <t>Reconnaissance de dette en date de Septembre 1662 signé par le Chanoine Rannoz</t>
+  </si>
+  <si>
+    <t>courrier à la Mairie de Sixt  du Sous inspecteur des eaux et forêts du département du Léman de  1809 (4-0011)</t>
+  </si>
+  <si>
+    <t>Courrier a la Mairie de Sixt  du Sous Inspecteur des eaux et Forêts  du département du Léman  de  1809  réclamation des payements des Gardes</t>
+  </si>
+  <si>
+    <t>Ordre admiratif à la commune de Sixt  de Pierre Joseph Revilliol concernant la mauvaise qualité du chemin allant des Vallons à L'Abbaye de Sixt (4-0010)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ordre administratif envoyer le  08 Février 1784 par Pierre- Joseph Revilliol :  vice intendant ,conservateur des Gabelles, Tabellion, Bois et Forêt , Riere la province de Réformateur affefeur de la réforme des études en la même Province
+pour la Mauvaise qualité du chemin allant des Vallons à l'Abbaye de Sixt </t>
+  </si>
+  <si>
+    <t>Photo à la création d'ESF à Sixt (31-001)</t>
+  </si>
+  <si>
+    <t>Photo à la création d'ESF à Sixt, Marie Jeanne STICKER directrice et ses 3 mousquetaires en décembre 1970</t>
+  </si>
+  <si>
+    <t>Photos de la fête des métiers - aout 1980 (27-060)</t>
+  </si>
+  <si>
+    <t>Photos de la fête des métiers - aout 1980</t>
+  </si>
+  <si>
+    <t>Photos de la musique à la fête des métiers - aout 1980 (27-059)</t>
+  </si>
+  <si>
+    <t>Photos de la musique à la fête des métiers - aout 1980</t>
+  </si>
+  <si>
+    <t>Photos de la fête de la Terre le 15 aout 1978 (27-058)</t>
+  </si>
+  <si>
+    <t>Photos de la fête de la Terre le 15 aout 1978</t>
+  </si>
+  <si>
+    <t>Photo de groupe à la fête de la musique à Sixt (27-056)</t>
+  </si>
+  <si>
+    <t>Photo de groupe à la fête de la musique à Sixt</t>
   </si>
   <si>
     <t>Photos de la musique de Sixt le 15 aout 1995 (24-020)</t>
   </si>
   <si>
     <t>Photos de la musique de Sixt le 15 aout 1995
 1er photo de gauche à droite : Joseph (Jojo) DEFFAYET, Marianne BOUVET, Claude MOCCAND, Jean MOGENIER (chef d'orchestre), Arnaud MOGENIER, Nathalie JOENNOZ, Aurélie MOCCAND JACQUET, Daniel DUCROZ, Alexandra PIN
 2e photo : Jean MOGENIER
 3e photo : Patrick DENAMBRIDE, Martine MONNET, Christian PIN, Joseph DEFFAYET, Alexandra PIN et Daniel DUCROZ (à la clarinette), Jean MOGENIER (chef d'orchestre), Marie Pascale et Anne Lise PERRIER 
 4e photo ; Jean MOGENIER, Nicole 
 5e photo : Jérome CASSINA (au piston), Nathalie JOENNOZ, Aurélie MOCCAND JACQUET, Daniel DUCROZ, Alexandra PIN, Jean MOGENIER, Christian PIN (au trombone)</t>
   </si>
   <si>
-    <t>Photo de groupe à la fête de la musique à Sixt (27-056)</t>
-[...216 lines deleted...]
-    <t>Photos lors d'un concert de l'harmonie de Sixt à la kermesse</t>
+    <t>Carte postale de Sixt  (22-022)</t>
+  </si>
+  <si>
+    <t>Vue générale de Sixt, aout 1950</t>
+  </si>
+  <si>
+    <t>Photo à l'entrée de Sixt (21-014)</t>
+  </si>
+  <si>
+    <t>Photo à l'entrée de Sixt dans les années 1900-1910
+Photo cartonnée Edition Denambride</t>
+  </si>
+  <si>
+    <t>Photo de la plaine des Glières (21-012)</t>
+  </si>
+  <si>
+    <t>Photo de la plaine des Glières dans les années 1900-1910, Edition Denambride</t>
+  </si>
+  <si>
+    <t>La ligne ferroviaire de Sixt vue des anciennes gorges (2-691)</t>
+  </si>
+  <si>
+    <t>La ligne ferroviaire de Sixt vue des anciennes gorges</t>
+  </si>
+  <si>
+    <t>Photo du télésiège de Sixt (2-631)</t>
+  </si>
+  <si>
+    <t>Photo du télésiège de Sixt
+Ce télésiège à enrouleurs biplaces construit en 1951 permettait d’atteindre les alpages des Vagnys depuis le village, chaque été il était transformé avec des sièges monoplaces à embarquement latéral.</t>
+  </si>
+  <si>
+    <t>Vue générale sur Sixt (2-543)</t>
+  </si>
+  <si>
+    <t>Vue générale sur Sixt</t>
+  </si>
+  <si>
+    <t>Le Tenneverge et Sixt (2-477)</t>
+  </si>
+  <si>
+    <t>Le Tenneverge et Sixt</t>
+  </si>
+  <si>
+    <t>Photo de Sixt l'hiver  (2-3218)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Photo de Sixt l'hiver </t>
+  </si>
+  <si>
+    <t>Panorama sur la Chaine des Fiz (2-2542)</t>
+  </si>
+  <si>
+    <t>Panorama sur la Chaine des Fiz</t>
+  </si>
+  <si>
+    <t>Cartes postales de Sixt l'hiver (2-2030)</t>
+  </si>
+  <si>
+    <t>Cartes postales de Sixt l'hiver</t>
+  </si>
+  <si>
+    <t>Photo de montagnards revenus au village (2-1626)</t>
+  </si>
+  <si>
+    <t>Photo de montagnards revenus au village</t>
+  </si>
+  <si>
+    <t>Photo du téléski de Sixt (2-1543)</t>
+  </si>
+  <si>
+    <t>Photo du téléski de Sixt</t>
+  </si>
+  <si>
+    <t>Travaux pour la construction de la ligne Samoëns-Sixt (2-1518)</t>
+  </si>
+  <si>
+    <t>Travaux pour la construction de la ligne Samoëns-Sixt
+La ligne entre Samoëns et Sixt (6km) a été ouverte le 24 août 1932 et a fermée le 15 mai 1959</t>
+  </si>
+  <si>
+    <t>Pâturage avec les moutons  (2-1149)</t>
+  </si>
+  <si>
+    <t>Pâturage avec les moutons</t>
+  </si>
+  <si>
+    <t>Tourisme à Sixt-Fer-à-Cheval (2-0625)</t>
+  </si>
+  <si>
+    <t>Tourisme à Sixt-Fer-à-Cheval
+Hôtel du Fer-à-Cheval, Le Buet, Panorama du Fer-à-Cheval, l'Abbaye, promenades et ascensions aux environs de Sixt</t>
+  </si>
+  <si>
+    <t>Carte postale de "La chèvre savoyarde "motte" et le chien "Zéphir"" à Sixt (2-027)</t>
+  </si>
+  <si>
+    <t>Carte postale de "La chèvre savoyarde "motte" et le chien "Zéphir"" à Sixt
+Pierre au merle</t>
+  </si>
+  <si>
+    <t>Carte postale sur la vallée du Giffre (2-008)</t>
+  </si>
+  <si>
+    <t>Carte postale sur la vallée du Giffre</t>
+  </si>
+  <si>
+    <t>Dépliant publicitaire de Sixt (10-004)</t>
+  </si>
+  <si>
+    <t>Dépliant publicitaire faisant la promotion du village de Sixt, créé par le Syndicat d'Initiative.</t>
+  </si>
+  <si>
+    <t>Abbaye De Sixt-Fer-A-Cheval (1-049)</t>
+  </si>
+  <si>
+    <t>Abbaye de Sixt -Fer-A-Cheval : vue du domaine Abbatial :  Abbaye et Eglise Sainte Madeleine</t>
+  </si>
+  <si>
+    <t>Scierie de Sixt -Fer-a-Cheval  (1-047)</t>
+  </si>
+  <si>
+    <t>Scierie de Sixt-Fer-A-Cheval</t>
+  </si>
+  <si>
+    <t>Roue D'Anterne (1-045)</t>
+  </si>
+  <si>
+    <t>Roue Hydraulique en bois  Alpage d'Anterne</t>
+  </si>
+  <si>
+    <t>Famille Richard (1-044)</t>
+  </si>
+  <si>
+    <t>Famille Richard, la chasse au Chamois</t>
+  </si>
+  <si>
+    <t>Oratoire les Miches de Salvadon (1-043)</t>
+  </si>
+  <si>
+    <t>Oratoire Des Miches de Salvadon Date initiale de 1888  Altitude 1390 M</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Greniers (1-038)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Grenier dit " MAZOT " sur la commune De Sixt- Fer- à- Cheval
+ Photos  Greniers , Porte de grenier et  serrure</t>
+  </si>
+  <si>
+    <t>Grenier  (1-036)</t>
+  </si>
+  <si>
+    <t>Grenier a double étage</t>
+  </si>
+  <si>
+    <t>Crochet  en bois (1-032)</t>
+  </si>
+  <si>
+    <t>Crochet en Bois pour le portage des tommes  appartenant a  André Moccand dit " Le Tonkin "</t>
+  </si>
+  <si>
+    <t>LE PRAZON Groupe folklorique (1-031)</t>
+  </si>
+  <si>
+    <t>Photographie R-PELLET de Viuz en Sallaz   Groupe Folklorique LE PRAZON  Année 1970</t>
+  </si>
+  <si>
+    <t>Photo du bassin des Praz du Nant (1-024)</t>
+  </si>
+  <si>
+    <t>Photo du bassin en pierre des Praz du Nant</t>
+  </si>
+  <si>
+    <t>Chalet d'Alpage (1-020)</t>
+  </si>
+  <si>
+    <t>Photo d'une lève en alpage</t>
+  </si>
+  <si>
+    <t>Abbaye (1-019)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Photo vue aérienne du chef lieu avec le domaine abbatial  sous la neige </t>
+  </si>
+  <si>
+    <t>Photo Abbaye de Sixt fer a cheval (1-018)</t>
+  </si>
+  <si>
+    <t>Photo de L'Abbaye de Sixt fer a cheval : vue du coté route : Façade avec l 'enseigne Hôtel restaurant du fer a cheval et de L'abbaye  et de l'annexe avec son jardin</t>
+  </si>
+  <si>
+    <t>Vue de L'Abbaye de Sixt (1-016)</t>
+  </si>
+  <si>
+    <t>Photo aérienne de  l'ensemble abbatial  : Eglise et Abbaye</t>
+  </si>
+  <si>
+    <t>"Voyage dans une vallée des Alpes" ou "Description topographique et lithologique de la vallée de Sixt" par R.M.N.J.C. d'Etersy (1-005)</t>
+  </si>
+  <si>
+    <t>"Voyage dans une vallée des Alpes" ou "Description topographique et lithologique de la vallée de Sixt" par R-M-N-J-C d'Etersy</t>
+  </si>
+  <si>
+    <t>Sixt, vallée et ancienne abbaye (1-002)</t>
+  </si>
+  <si>
+    <t>Livret "Sixt, vallée et ancienne abbaye", écrit par François Denambride.
+1899/1900.
+Editeur Imprimerie Française, 123 rue Montmartre, Paris.</t>
+  </si>
+  <si>
+    <t>Fête de la terre  2005  transport des tommes (1-0013)</t>
+  </si>
+  <si>
+    <t>Fête de la terre  2005  :  portage des tommes de montagne avec  un  crochet bois et cordage</t>
+  </si>
+  <si>
+    <t>Fête de la terre 2005  Sculpture sur bois (1-0012)</t>
+  </si>
+  <si>
+    <t>Fête de la terre 2005 Sculpture sur bois Rosace  au ciseau a bois</t>
+  </si>
+  <si>
+    <t>Fête de la terre 2005  Les charpentiers (1-0011)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fête de la terre 2005 : sciage des poutres par les charpentiers de Salvagny construction d'un chalet </t>
+  </si>
+  <si>
+    <t>Fête de la terre 2005 : les charpentiers (1-0010)</t>
+  </si>
+  <si>
+    <t>Fête de la terre 2005  les charpentiers de Salvagny  fabrication de la charpente  d'un chalet.
+De gauche a droite:  Hervé Caserotto et Laurent Deffayet</t>
+  </si>
+  <si>
+    <t>Emplacement de la fonderie de Sixt (1-001)</t>
+  </si>
+  <si>
+    <t>Plan dessiné à la main de la fonderie de Sixt (1809 - 1853) et de son alimentation en eau.
+Mine de fer.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -569,2313 +569,2313 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8b907896a47d38ad32638d34ff2255.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72d64802db0e24d776a2c5c99febb8c6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc5f58d4ab1a75af896be21fad657e3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463cfc1143ae095f55c9a463566b494f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb697f9c02e1bf2289e472acfe67838.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f6762ee7d1731a142d719e39642f1d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ffdd78e9f951f07e49f5b29d87839d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c7f3e80203350c1ed6c5e1da0db247.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34670542015dde5bfe1c72ab85a5e18f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b0e310f0d31b3e04a1c171b8c26007c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2644bd832d6a34b59d9f7fab9a7b4736.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593ce1bf326144d55154ff1996bc5e9c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d99bdcaa309824db4543d8cd0a200517.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d8c7e56d8f3f2d09491abbe1e0fd7b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0503e2ebe9cb421c4a899170296d7331.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6bd0ee053ef28cd4b663c6f7f1aba64.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d109f8d4f0a0e284f557c6b15646ed66.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4643b21dcdf15890fe63fdb6d358f205.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcdf6a88823b218341e4fc06c3daccf2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adaf17d259309a15b76edbd99462bc84.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eccdd53b513716af1d13e729363c5ee.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe6d1e4bc9828832c7905d0bfa1b1062.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d1cfc39e6bc5bb2f03edcce226339c3.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0371e4e23d93bdfba45b81b548237751.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e0d46a8027c5f2902f4de72c521b26.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b288bc2969f088f11257fe427ea58263.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85412c83e86c7e4b8f50e45132677867.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673a14b97379647a196596f41cdbbe8d.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162592c36fe79b807389ce2f045943eb.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9863ea5e1836b9e32300c19e1d77ee8.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1daf668e1f7e9c0126690f541856741.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffe688d31d3a6cc31f907f7feab9f15f.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce1117fbb67d9d67327adf2b3b97af22.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e652ed443989bcbcd8a8d7eceb15b8.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/057523a5616661dabce803b449678733.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93f5e0f6400ceb4ae4f1c8afa8611a3f.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81c431c2d458289545d2bc950e9020e.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eba08b775c8b07b05bae4decfd644b1.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5cdac2ec76486aa131f2d27d38e1d7.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d387a1ac91d45f44422bf0b652164f59.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302fd37a1d085569598d5b4233e10df1.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c815c60adc14d90f27f08df4b371c5.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e819a6ce7239dc0c35ad7445d4bb28f.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/331986fba419556ca8e4db7dd3d610a9.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fd294cbeb383651042abf5e5125b157.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9258f570d26e98a59af96056daace00d.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3205c70b2922c644c49d30aa277808d6.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328e24a521e38b38908c6aceea51a072.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b5d3c0563aaae49db06dde96a13776.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cdb9cecf2fc7c541aec8a64819f62f0.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773bc2b51b5684fc9e7d78a0af57667c.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff691a331fbdeaeda5011b383c1443b.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3203754b9131e8f563c638041c08007f.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05d8cfb8d79f38040983709beed323d8.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f98ffa8c77241d05087633317dc214d.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599055a24839f0a975b96ff6f642c8e1.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6313da6d7126a4dfbc1ce074444d3527.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/347997cfd36e20884b96d122c1210def.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1843a5358ab8bba2a2e271d0a47c98ca.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a35d4f795e8df292de624086cc2c70f.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ef9f59c627defdee370231ba6dfba2.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4aca307f957f4de26dee67eba7bc99.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74db1228eb800c615610a0a5f0aa35d9.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b52c6c66487b21434894c5825627a09.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb00c622d0ea10ea57ca6a70a7f6e7c2.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/350e82cc8dd192c635d41a6b86b0f769.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bb87b932ae2f0eb41a826d761ae6485.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4de87011d228e16e82966f97c539374.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f48a8e228df431963a048a485f08ae69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff9dfbd33ec8820325025919324a052.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5abb050aeccefef154e71452adbbe90f.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/121103357007c481a740910d21b30abd.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088073abf4d0c934760956ea7dbebc13.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce2bf30a46348c7057a0326c61d60b31.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf3e228dc0493fc593115a92681e60a.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08755cdfa44df6e5ea4f8fe7ff4e5cb7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08755cdfa44df6e5ea4f8fe7ff4e5cb7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf3e228dc0493fc593115a92681e60a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce2bf30a46348c7057a0326c61d60b31.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088073abf4d0c934760956ea7dbebc13.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/121103357007c481a740910d21b30abd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5abb050aeccefef154e71452adbbe90f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff9dfbd33ec8820325025919324a052.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f48a8e228df431963a048a485f08ae69.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4de87011d228e16e82966f97c539374.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bb87b932ae2f0eb41a826d761ae6485.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/350e82cc8dd192c635d41a6b86b0f769.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb00c622d0ea10ea57ca6a70a7f6e7c2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b52c6c66487b21434894c5825627a09.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74db1228eb800c615610a0a5f0aa35d9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4aca307f957f4de26dee67eba7bc99.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ef9f59c627defdee370231ba6dfba2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a35d4f795e8df292de624086cc2c70f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1843a5358ab8bba2a2e271d0a47c98ca.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/347997cfd36e20884b96d122c1210def.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6313da6d7126a4dfbc1ce074444d3527.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599055a24839f0a975b96ff6f642c8e1.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f98ffa8c77241d05087633317dc214d.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05d8cfb8d79f38040983709beed323d8.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3203754b9131e8f563c638041c08007f.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff691a331fbdeaeda5011b383c1443b.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773bc2b51b5684fc9e7d78a0af57667c.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cdb9cecf2fc7c541aec8a64819f62f0.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b5d3c0563aaae49db06dde96a13776.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328e24a521e38b38908c6aceea51a072.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3205c70b2922c644c49d30aa277808d6.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9258f570d26e98a59af96056daace00d.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fd294cbeb383651042abf5e5125b157.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/331986fba419556ca8e4db7dd3d610a9.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e819a6ce7239dc0c35ad7445d4bb28f.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c815c60adc14d90f27f08df4b371c5.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302fd37a1d085569598d5b4233e10df1.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d387a1ac91d45f44422bf0b652164f59.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5cdac2ec76486aa131f2d27d38e1d7.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eba08b775c8b07b05bae4decfd644b1.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81c431c2d458289545d2bc950e9020e.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93f5e0f6400ceb4ae4f1c8afa8611a3f.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/057523a5616661dabce803b449678733.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e652ed443989bcbcd8a8d7eceb15b8.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce1117fbb67d9d67327adf2b3b97af22.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffe688d31d3a6cc31f907f7feab9f15f.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1daf668e1f7e9c0126690f541856741.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9863ea5e1836b9e32300c19e1d77ee8.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162592c36fe79b807389ce2f045943eb.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673a14b97379647a196596f41cdbbe8d.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85412c83e86c7e4b8f50e45132677867.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b288bc2969f088f11257fe427ea58263.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e0d46a8027c5f2902f4de72c521b26.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0371e4e23d93bdfba45b81b548237751.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d1cfc39e6bc5bb2f03edcce226339c3.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe6d1e4bc9828832c7905d0bfa1b1062.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eccdd53b513716af1d13e729363c5ee.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adaf17d259309a15b76edbd99462bc84.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcdf6a88823b218341e4fc06c3daccf2.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4643b21dcdf15890fe63fdb6d358f205.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d109f8d4f0a0e284f557c6b15646ed66.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6bd0ee053ef28cd4b663c6f7f1aba64.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0503e2ebe9cb421c4a899170296d7331.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d8c7e56d8f3f2d09491abbe1e0fd7b.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d99bdcaa309824db4543d8cd0a200517.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593ce1bf326144d55154ff1996bc5e9c.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2644bd832d6a34b59d9f7fab9a7b4736.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b0e310f0d31b3e04a1c171b8c26007c.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34670542015dde5bfe1c72ab85a5e18f.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c7f3e80203350c1ed6c5e1da0db247.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ffdd78e9f951f07e49f5b29d87839d.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f6762ee7d1731a142d719e39642f1d.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb697f9c02e1bf2289e472acfe67838.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463cfc1143ae095f55c9a463566b494f.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc5f58d4ab1a75af896be21fad657e3.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72d64802db0e24d776a2c5c99febb8c6.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8b907896a47d38ad32638d34ff2255.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="4410075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10220325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9734550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4210050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9753600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4657725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4486275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9934575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4743450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9534525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8943975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2695575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9563100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4429125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4886325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9429750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4276725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4695825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9610725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9420225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9420225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9420225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8562975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10229850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10277475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9953625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9067800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8591550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9429750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4457700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4457700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4314825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4514850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10572750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4886325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4886325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="imageA41" descr="imageA41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10410825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="imageA42" descr="imageA42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4676775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="imageA43" descr="imageA43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4076700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="imageA44" descr="imageA44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4371975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="imageA45" descr="imageA45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4705350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="imageA46" descr="imageA46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3114675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="imageA47" descr="imageA47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4695825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="imageA48" descr="imageA48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="imageA49" descr="imageA49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10601325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="imageA50" descr="imageA50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4324350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="imageA51" descr="imageA51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4219575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="imageA52" descr="imageA52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="1438275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="imageA53" descr="imageA53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10744200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="imageA54" descr="imageA54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4695825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="imageA55" descr="imageA55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="15849600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="imageA56" descr="imageA56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9401175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="imageA57" descr="imageA57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="imageA58" descr="imageA58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="imageA59" descr="imageA59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6057900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="imageA60" descr="imageA60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="imageA61" descr="imageA61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="imageA62" descr="imageA62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8896350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="imageA63" descr="imageA63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10039350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="imageA64" descr="imageA64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4343400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="imageA65" descr="imageA65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="imageA66" descr="imageA66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4343400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="imageA67" descr="imageA67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4762500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="imageA68" descr="imageA68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4762500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="imageA69" descr="imageA69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4762500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="imageA70" descr="imageA70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5305425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="imageA71" descr="imageA71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4724400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="imageA72" descr="imageA72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9334500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="imageA73" descr="imageA73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9334500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="imageA74" descr="imageA74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9344025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="imageA75" descr="imageA75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8905875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="imageA76" descr="imageA76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="4810125"/>
-    <xdr:pic>
-[...2248 lines deleted...]
-    <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="imageA77" descr="imageA77"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -3201,801 +3201,801 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="430">
+    <row r="2" spans="1:26" customHeight="1" ht="393">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2"/>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="794">
+    <row r="3" spans="1:26" customHeight="1" ht="912">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3"/>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="833">
+    <row r="4" spans="1:26" customHeight="1" ht="868">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4"/>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="833">
+    <row r="5" spans="1:26" customHeight="1" ht="376">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5"/>
     </row>
-    <row r="6" spans="1:26" customHeight="1" ht="833">
+    <row r="6" spans="1:26" customHeight="1" ht="871">
       <c r="A6"/>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6"/>
     </row>
-    <row r="7" spans="1:26" customHeight="1" ht="421">
+    <row r="7" spans="1:26" customHeight="1" ht="401">
       <c r="A7"/>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7"/>
     </row>
-    <row r="8" spans="1:26" customHeight="1" ht="473">
+    <row r="8" spans="1:26" customHeight="1" ht="416">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8"/>
     </row>
-    <row r="9" spans="1:26" customHeight="1" ht="425">
+    <row r="9" spans="1:26" customHeight="1" ht="401">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9"/>
     </row>
-    <row r="10" spans="1:26" customHeight="1" ht="425">
+    <row r="10" spans="1:26" customHeight="1" ht="400">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" t="s">
         <v>21</v>
       </c>
       <c r="D10"/>
     </row>
-    <row r="11" spans="1:26" customHeight="1" ht="425">
+    <row r="11" spans="1:26" customHeight="1" ht="886">
       <c r="A11"/>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s">
         <v>23</v>
       </c>
       <c r="D11"/>
     </row>
-    <row r="12" spans="1:26" customHeight="1" ht="387">
+    <row r="12" spans="1:26" customHeight="1" ht="423">
       <c r="A12"/>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12"/>
     </row>
-    <row r="13" spans="1:26" customHeight="1" ht="396">
+    <row r="13" spans="1:26" customHeight="1" ht="850">
       <c r="A13"/>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13"/>
     </row>
-    <row r="14" spans="1:26" customHeight="1" ht="387">
+    <row r="14" spans="1:26" customHeight="1" ht="798">
       <c r="A14"/>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" t="s">
         <v>29</v>
       </c>
       <c r="D14"/>
     </row>
-    <row r="15" spans="1:26" customHeight="1" ht="895">
+    <row r="15" spans="1:26" customHeight="1" ht="240">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
         <v>31</v>
       </c>
       <c r="D15"/>
     </row>
-    <row r="16" spans="1:26" customHeight="1" ht="793">
+    <row r="16" spans="1:26" customHeight="1" ht="853">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" t="s">
         <v>33</v>
       </c>
       <c r="D16"/>
     </row>
-    <row r="17" spans="1:26" customHeight="1" ht="793">
+    <row r="17" spans="1:26" customHeight="1" ht="395">
       <c r="A17"/>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" t="s">
         <v>35</v>
       </c>
       <c r="D17"/>
     </row>
-    <row r="18" spans="1:26" customHeight="1" ht="894">
+    <row r="18" spans="1:26" customHeight="1" ht="446">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" t="s">
         <v>37</v>
       </c>
       <c r="D18"/>
     </row>
-    <row r="19" spans="1:26" customHeight="1" ht="540">
+    <row r="19" spans="1:26" customHeight="1" ht="436">
       <c r="A19"/>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" t="s">
         <v>39</v>
       </c>
       <c r="D19"/>
     </row>
-    <row r="20" spans="1:26" customHeight="1" ht="892">
+    <row r="20" spans="1:26" customHeight="1" ht="842">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20"/>
     </row>
-    <row r="21" spans="1:26" customHeight="1" ht="446">
+    <row r="21" spans="1:26" customHeight="1" ht="381">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21"/>
     </row>
-    <row r="22" spans="1:26" customHeight="1" ht="838">
+    <row r="22" spans="1:26" customHeight="1" ht="419">
       <c r="A22"/>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" t="s">
         <v>45</v>
       </c>
       <c r="D22"/>
     </row>
-    <row r="23" spans="1:26" customHeight="1" ht="1414">
+    <row r="23" spans="1:26" customHeight="1" ht="857">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" t="s">
         <v>47</v>
       </c>
       <c r="D23"/>
     </row>
-    <row r="24" spans="1:26" customHeight="1" ht="419">
+    <row r="24" spans="1:26" customHeight="1" ht="841">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" t="s">
         <v>49</v>
       </c>
       <c r="D24"/>
     </row>
-    <row r="25" spans="1:26" customHeight="1" ht="958">
+    <row r="25" spans="1:26" customHeight="1" ht="840">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" t="s">
         <v>51</v>
       </c>
       <c r="D25"/>
     </row>
-    <row r="26" spans="1:26" customHeight="1" ht="128">
+    <row r="26" spans="1:26" customHeight="1" ht="841">
       <c r="A26"/>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" t="s">
         <v>53</v>
       </c>
       <c r="D26"/>
     </row>
-    <row r="27" spans="1:26" customHeight="1" ht="376">
+    <row r="27" spans="1:26" customHeight="1" ht="764">
       <c r="A27"/>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>55</v>
       </c>
       <c r="D27"/>
     </row>
-    <row r="28" spans="1:26" customHeight="1" ht="385">
+    <row r="28" spans="1:26" customHeight="1" ht="912">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" t="s">
         <v>57</v>
       </c>
       <c r="D28"/>
     </row>
-    <row r="29" spans="1:26" customHeight="1" ht="946">
+    <row r="29" spans="1:26" customHeight="1" ht="917">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" t="s">
         <v>59</v>
       </c>
       <c r="D29"/>
     </row>
-    <row r="30" spans="1:26" customHeight="1" ht="403">
+    <row r="30" spans="1:26" customHeight="1" ht="888">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" t="s">
         <v>61</v>
       </c>
       <c r="D30"/>
     </row>
-    <row r="31" spans="1:26" customHeight="1" ht="419">
+    <row r="31" spans="1:26" customHeight="1" ht="809">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" t="s">
         <v>63</v>
       </c>
       <c r="D31"/>
     </row>
-    <row r="32" spans="1:26" customHeight="1" ht="277">
+    <row r="32" spans="1:26" customHeight="1" ht="766">
       <c r="A32"/>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" t="s">
         <v>65</v>
       </c>
       <c r="D32"/>
     </row>
-    <row r="33" spans="1:26" customHeight="1" ht="419">
+    <row r="33" spans="1:26" customHeight="1" ht="842">
       <c r="A33"/>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33"/>
     </row>
-    <row r="34" spans="1:26" customHeight="1" ht="390">
+    <row r="34" spans="1:26" customHeight="1" ht="396">
       <c r="A34"/>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" t="s">
         <v>69</v>
       </c>
       <c r="D34"/>
     </row>
-    <row r="35" spans="1:26" customHeight="1" ht="363">
+    <row r="35" spans="1:26" customHeight="1" ht="397">
       <c r="A35"/>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" t="s">
         <v>71</v>
       </c>
       <c r="D35"/>
     </row>
-    <row r="36" spans="1:26" customHeight="1" ht="417">
+    <row r="36" spans="1:26" customHeight="1" ht="397">
       <c r="A36"/>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" t="s">
         <v>73</v>
       </c>
       <c r="D36"/>
     </row>
-    <row r="37" spans="1:26" customHeight="1" ht="929">
+    <row r="37" spans="1:26" customHeight="1" ht="385">
       <c r="A37"/>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" t="s">
         <v>75</v>
       </c>
       <c r="D37"/>
     </row>
-    <row r="38" spans="1:26" customHeight="1" ht="436">
+    <row r="38" spans="1:26" customHeight="1" ht="402">
       <c r="A38"/>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" t="s">
         <v>77</v>
       </c>
       <c r="D38"/>
     </row>
-    <row r="39" spans="1:26" customHeight="1" ht="436">
+    <row r="39" spans="1:26" customHeight="1" ht="943">
       <c r="A39"/>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" t="s">
         <v>79</v>
       </c>
       <c r="D39"/>
     </row>
-    <row r="40" spans="1:26" customHeight="1" ht="943">
+    <row r="40" spans="1:26" customHeight="1" ht="436">
       <c r="A40"/>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" t="s">
         <v>81</v>
       </c>
       <c r="D40"/>
     </row>
-    <row r="41" spans="1:26" customHeight="1" ht="402">
+    <row r="41" spans="1:26" customHeight="1" ht="436">
       <c r="A41"/>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" t="s">
         <v>83</v>
       </c>
       <c r="D41"/>
     </row>
-    <row r="42" spans="1:26" customHeight="1" ht="385">
+    <row r="42" spans="1:26" customHeight="1" ht="929">
       <c r="A42"/>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" t="s">
         <v>85</v>
       </c>
       <c r="D42"/>
     </row>
-    <row r="43" spans="1:26" customHeight="1" ht="397">
+    <row r="43" spans="1:26" customHeight="1" ht="417">
       <c r="A43"/>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" t="s">
         <v>87</v>
       </c>
       <c r="D43"/>
     </row>
-    <row r="44" spans="1:26" customHeight="1" ht="397">
+    <row r="44" spans="1:26" customHeight="1" ht="363">
       <c r="A44"/>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" t="s">
         <v>89</v>
       </c>
       <c r="D44"/>
     </row>
-    <row r="45" spans="1:26" customHeight="1" ht="396">
+    <row r="45" spans="1:26" customHeight="1" ht="390">
       <c r="A45"/>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" t="s">
         <v>91</v>
       </c>
       <c r="D45"/>
     </row>
-    <row r="46" spans="1:26" customHeight="1" ht="842">
+    <row r="46" spans="1:26" customHeight="1" ht="419">
       <c r="A46"/>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" t="s">
         <v>93</v>
       </c>
       <c r="D46"/>
     </row>
-    <row r="47" spans="1:26" customHeight="1" ht="766">
+    <row r="47" spans="1:26" customHeight="1" ht="277">
       <c r="A47"/>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" t="s">
         <v>95</v>
       </c>
       <c r="D47"/>
     </row>
-    <row r="48" spans="1:26" customHeight="1" ht="809">
+    <row r="48" spans="1:26" customHeight="1" ht="419">
       <c r="A48"/>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" t="s">
         <v>97</v>
       </c>
       <c r="D48"/>
     </row>
-    <row r="49" spans="1:26" customHeight="1" ht="888">
+    <row r="49" spans="1:26" customHeight="1" ht="403">
       <c r="A49"/>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" t="s">
         <v>99</v>
       </c>
       <c r="D49"/>
     </row>
-    <row r="50" spans="1:26" customHeight="1" ht="917">
+    <row r="50" spans="1:26" customHeight="1" ht="946">
       <c r="A50"/>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" t="s">
         <v>101</v>
       </c>
       <c r="D50"/>
     </row>
-    <row r="51" spans="1:26" customHeight="1" ht="912">
+    <row r="51" spans="1:26" customHeight="1" ht="385">
       <c r="A51"/>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" t="s">
         <v>103</v>
       </c>
       <c r="D51"/>
     </row>
-    <row r="52" spans="1:26" customHeight="1" ht="764">
+    <row r="52" spans="1:26" customHeight="1" ht="376">
       <c r="A52"/>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" t="s">
         <v>105</v>
       </c>
       <c r="D52"/>
     </row>
-    <row r="53" spans="1:26" customHeight="1" ht="841">
+    <row r="53" spans="1:26" customHeight="1" ht="128">
       <c r="A53"/>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" t="s">
         <v>107</v>
       </c>
       <c r="D53"/>
     </row>
-    <row r="54" spans="1:26" customHeight="1" ht="840">
+    <row r="54" spans="1:26" customHeight="1" ht="958">
       <c r="A54"/>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" t="s">
         <v>109</v>
       </c>
       <c r="D54"/>
     </row>
-    <row r="55" spans="1:26" customHeight="1" ht="841">
+    <row r="55" spans="1:26" customHeight="1" ht="419">
       <c r="A55"/>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" t="s">
         <v>111</v>
       </c>
       <c r="D55"/>
     </row>
-    <row r="56" spans="1:26" customHeight="1" ht="857">
+    <row r="56" spans="1:26" customHeight="1" ht="1414">
       <c r="A56"/>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" t="s">
         <v>113</v>
       </c>
       <c r="D56"/>
     </row>
-    <row r="57" spans="1:26" customHeight="1" ht="419">
+    <row r="57" spans="1:26" customHeight="1" ht="838">
       <c r="A57"/>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" t="s">
         <v>115</v>
       </c>
       <c r="D57"/>
     </row>
-    <row r="58" spans="1:26" customHeight="1" ht="381">
+    <row r="58" spans="1:26" customHeight="1" ht="446">
       <c r="A58"/>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" t="s">
         <v>117</v>
       </c>
       <c r="D58"/>
     </row>
-    <row r="59" spans="1:26" customHeight="1" ht="842">
+    <row r="59" spans="1:26" customHeight="1" ht="892">
       <c r="A59"/>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" t="s">
         <v>119</v>
       </c>
       <c r="D59"/>
     </row>
-    <row r="60" spans="1:26" customHeight="1" ht="436">
+    <row r="60" spans="1:26" customHeight="1" ht="540">
       <c r="A60"/>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" t="s">
         <v>121</v>
       </c>
       <c r="D60"/>
     </row>
-    <row r="61" spans="1:26" customHeight="1" ht="446">
+    <row r="61" spans="1:26" customHeight="1" ht="894">
       <c r="A61"/>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" t="s">
         <v>123</v>
       </c>
       <c r="D61"/>
     </row>
-    <row r="62" spans="1:26" customHeight="1" ht="395">
+    <row r="62" spans="1:26" customHeight="1" ht="793">
       <c r="A62"/>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" t="s">
         <v>125</v>
       </c>
       <c r="D62"/>
     </row>
-    <row r="63" spans="1:26" customHeight="1" ht="853">
+    <row r="63" spans="1:26" customHeight="1" ht="793">
       <c r="A63"/>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" t="s">
         <v>127</v>
       </c>
       <c r="D63"/>
     </row>
-    <row r="64" spans="1:26" customHeight="1" ht="240">
+    <row r="64" spans="1:26" customHeight="1" ht="895">
       <c r="A64"/>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" t="s">
         <v>129</v>
       </c>
       <c r="D64"/>
     </row>
-    <row r="65" spans="1:26" customHeight="1" ht="798">
+    <row r="65" spans="1:26" customHeight="1" ht="387">
       <c r="A65"/>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" t="s">
         <v>131</v>
       </c>
       <c r="D65"/>
     </row>
-    <row r="66" spans="1:26" customHeight="1" ht="850">
+    <row r="66" spans="1:26" customHeight="1" ht="396">
       <c r="A66"/>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" t="s">
         <v>133</v>
       </c>
       <c r="D66"/>
     </row>
-    <row r="67" spans="1:26" customHeight="1" ht="423">
+    <row r="67" spans="1:26" customHeight="1" ht="387">
       <c r="A67"/>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" t="s">
         <v>135</v>
       </c>
       <c r="D67"/>
     </row>
-    <row r="68" spans="1:26" customHeight="1" ht="886">
+    <row r="68" spans="1:26" customHeight="1" ht="425">
       <c r="A68"/>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" t="s">
         <v>137</v>
       </c>
       <c r="D68"/>
     </row>
-    <row r="69" spans="1:26" customHeight="1" ht="400">
+    <row r="69" spans="1:26" customHeight="1" ht="425">
       <c r="A69"/>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" t="s">
         <v>139</v>
       </c>
       <c r="D69"/>
     </row>
-    <row r="70" spans="1:26" customHeight="1" ht="401">
+    <row r="70" spans="1:26" customHeight="1" ht="425">
       <c r="A70"/>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" t="s">
         <v>141</v>
       </c>
       <c r="D70"/>
     </row>
-    <row r="71" spans="1:26" customHeight="1" ht="416">
+    <row r="71" spans="1:26" customHeight="1" ht="473">
       <c r="A71"/>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" t="s">
         <v>143</v>
       </c>
       <c r="D71"/>
     </row>
-    <row r="72" spans="1:26" customHeight="1" ht="401">
+    <row r="72" spans="1:26" customHeight="1" ht="421">
       <c r="A72"/>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" t="s">
         <v>145</v>
       </c>
       <c r="D72"/>
     </row>
-    <row r="73" spans="1:26" customHeight="1" ht="871">
+    <row r="73" spans="1:26" customHeight="1" ht="833">
       <c r="A73"/>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" t="s">
         <v>147</v>
       </c>
       <c r="D73"/>
     </row>
-    <row r="74" spans="1:26" customHeight="1" ht="376">
+    <row r="74" spans="1:26" customHeight="1" ht="833">
       <c r="A74"/>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" t="s">
         <v>149</v>
       </c>
       <c r="D74"/>
     </row>
-    <row r="75" spans="1:26" customHeight="1" ht="868">
+    <row r="75" spans="1:26" customHeight="1" ht="833">
       <c r="A75"/>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" t="s">
         <v>151</v>
       </c>
       <c r="D75"/>
     </row>
-    <row r="76" spans="1:26" customHeight="1" ht="912">
+    <row r="76" spans="1:26" customHeight="1" ht="794">
       <c r="A76"/>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" t="s">
         <v>153</v>
       </c>
       <c r="D76"/>
     </row>
-    <row r="77" spans="1:26" customHeight="1" ht="393">
+    <row r="77" spans="1:26" customHeight="1" ht="430">
       <c r="A77"/>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" t="s">
         <v>155</v>
       </c>
       <c r="D77"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>