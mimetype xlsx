--- v0 (2025-12-22)
+++ v1 (2026-02-20)
@@ -28,229 +28,229 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>Anna MOGENIER (Milan) et une amie au refuge de Sales en 1984 (24-082)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Anna MOGENIER (Milan) et une amie au refuge de Sales en 1984</t>
+  </si>
+  <si>
+    <t>Anna MOGENIER et une amie à Sales (24-049)</t>
+  </si>
+  <si>
+    <t>Anna MOGENIER (née DEFFAYET) et une amie à Sales</t>
+  </si>
+  <si>
+    <t>Arêtes de Pointe de Sales et Tête à l’Âne (Chaine des Fiz) (2-2939)</t>
+  </si>
+  <si>
+    <t>Arêtes de Pointe de Sales et Tête à l’Âne (Chaine des Fiz)</t>
+  </si>
+  <si>
     <t>Bénédiction de la montagne de Sales en 1937 (12-056)</t>
   </si>
   <si>
     <t>Bénédiction de la montagne de Sales en 1937</t>
   </si>
   <si>
-    <t>Photo au torrent de Sales (à sec!) - 1938 (2-1636)</t>
-[...8 lines deleted...]
-    <t>Photo de groupe dans la vallée de Sales "Après déjeuné ça va mieux" le 7 juillet 1938</t>
+    <t>Carte postale de Samoëns "Le Mont Blanc et la pointe de Sale, vus de la Rosière" (20-001)</t>
+  </si>
+  <si>
+    <t>Carte postale de Samoëns "Le Mont Blanc et la pointe de Sale, vus de la Rosière" dans les années 60 dans l'hiver un cheval tire sur une luge bottes de foins.</t>
+  </si>
+  <si>
+    <t>Chalets de la montagne de Sales (2-3102)</t>
+  </si>
+  <si>
+    <t>Chalets de la montagne de Sales</t>
+  </si>
+  <si>
+    <t>Chalets de Sales (51-004)</t>
+  </si>
+  <si>
+    <t>Chalets de Sales</t>
+  </si>
+  <si>
+    <t>Démontagnage de Sales vers les Fonts -1962 (22-019)</t>
+  </si>
+  <si>
+    <t>Démontagnage de Sales vers les Fonts le 21 juillet 1962</t>
+  </si>
+  <si>
+    <t>La Pleureuse sur la route de Sales (2-4135)</t>
+  </si>
+  <si>
+    <t>La Pleureuse sur la route de Sales</t>
   </si>
   <si>
     <t>Les cascades de Sales (2-2536)</t>
   </si>
   <si>
     <t>Les cascades de Sales</t>
   </si>
   <si>
-    <t>Les chalets de Sales (2-2902)</t>
-[...8 lines deleted...]
-    <t>Arêtes de Pointe de Sales et Tête à l’Âne (Chaine des Fiz)</t>
+    <t>Les cascades de Sales (2-3044)</t>
+  </si>
+  <si>
+    <t>Les cascades de Sales, le Trénant, source du Rouget</t>
   </si>
   <si>
     <t>Les cascades sur la route de Sales (2-3036)</t>
   </si>
   <si>
     <t>Les cascades sur la route de Sales
 La Soffà et la Pleureuse</t>
   </si>
   <si>
-    <t>Les cascades de Sales (2-3044)</t>
-[...8 lines deleted...]
-    <t>Chalets de la montagne de Sales</t>
+    <t>Les chalets de Sales (2-2902)</t>
+  </si>
+  <si>
+    <t>Les chalets de Sales</t>
+  </si>
+  <si>
+    <t>Les chalets de Sales avec les ânes (51-051)</t>
+  </si>
+  <si>
+    <t>Les chalets de Sales avec les ânes</t>
+  </si>
+  <si>
+    <t>Photo au torrent de Sales (à sec!) - 1938 (2-1636)</t>
+  </si>
+  <si>
+    <t>Photo au torrent de Sales (à sec!) le 21 juillet 1938</t>
+  </si>
+  <si>
+    <t>Photo aux chalets de Sales - 1902 (51-018)</t>
+  </si>
+  <si>
+    <t>Photo aux chalets de Sales - 1902</t>
+  </si>
+  <si>
+    <t>Photo aux chalets de Sales le 20 août 1922 (3-053)</t>
+  </si>
+  <si>
+    <t>Photo aux chalets de Sales le 20 août 1922</t>
+  </si>
+  <si>
+    <t>Photo dans le pas de Sales (51-047)</t>
+  </si>
+  <si>
+    <t>Photo dans le pas de Sales</t>
+  </si>
+  <si>
+    <t>Photo de deux personnes dans le Pas de Sales (22-018)</t>
+  </si>
+  <si>
+    <t>Photo de deux personnes dans le Pas de Sales en juin 1951</t>
+  </si>
+  <si>
+    <t>Photo de groupe dans la vallée de Sales - 1938 (2-1654)</t>
+  </si>
+  <si>
+    <t>Photo de groupe dans la vallée de Sales "Après déjeuné ça va mieux" le 7 juillet 1938</t>
+  </si>
+  <si>
+    <t>Photo de la cascade La Pleureuse par Joseph Riondel, guide (3-068)</t>
+  </si>
+  <si>
+    <t>Photo de la cascade La Pleureuse par Joseph Riondel, guide</t>
+  </si>
+  <si>
+    <t>Photo de la première cascade de Sales en 1922 par Joseph Riondel, guide (3-069)</t>
+  </si>
+  <si>
+    <t>Photo de la première cascade de Sales en 1922 par Joseph Riondel, guide</t>
+  </si>
+  <si>
+    <t>Photo des chalets et de la pointe de Sales par Joseph Riondel, guide (3-072)</t>
+  </si>
+  <si>
+    <t>Photo des chalets et de la pointe de Sales par Joseph Riondel, guide</t>
+  </si>
+  <si>
+    <t>Photo en montant Sales vers la Pleureuse (51-049)</t>
+  </si>
+  <si>
+    <t>Photo en montant Sales vers la Pleureuse</t>
+  </si>
+  <si>
+    <t>Photo lors d'une randonnée à Sales (51-052)</t>
+  </si>
+  <si>
+    <t>Photo lors d'une randonnée à Sales</t>
+  </si>
+  <si>
+    <t>Photos de la construction du refuge de Sales en 1984 (30-005)</t>
+  </si>
+  <si>
+    <t>Photos de la construction du refuge de Sales en 1984</t>
+  </si>
+  <si>
+    <t>Pointe de Sales et Rocher des Fiz (2-539)</t>
+  </si>
+  <si>
+    <t>Pointe de Sales et Rocher des Fiz</t>
+  </si>
+  <si>
+    <t>Pointes des Places et de Sales (2-559)</t>
+  </si>
+  <si>
+    <t>Pointes des Places et de Sales</t>
+  </si>
+  <si>
+    <t>Torrent de Sales - Chutes supérieures (2-357)</t>
+  </si>
+  <si>
+    <t>Torrent de Sales - Chutes supérieures</t>
   </si>
   <si>
     <t>Troupeaux d'ânes à Sales (2-3126)</t>
   </si>
   <si>
     <t>Troupeaux d'ânes à Sales</t>
-  </si>
-[...118 lines deleted...]
-    <t>Photo lors d'une randonnée à Sales</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -275,933 +275,933 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71e19530ddf1025c8153ee1439a402b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7b1ce90ddea5abc6c08351f142e64f7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65af664d64af7cd1d1749ca6dddb70e2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3819d5af7fa9de76f1705825946d3303.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c05da38f3708489584ed9d8f4cd3e74.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8366906de622f462a9f29ecb70b4f8c7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aa158d6986ea17f13130c530a171bd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e20d8b4d0b30f1f565b456f16383fcf.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f84318495db07cb8f2ea8372d3a549ff.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3128a5f1f96d6985fdf3a2de2882bc2e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1167eb12427461b6a2df86998a599596.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88e9ef4907ebf1fd3f99699140af3818.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2179331e786494dac0ace4e85c913b49.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a29613f80c1961f9686884a4c26d97.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a6b0f88e39f878915a015b1d97dffaf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d78a04f570f8e9601cd498d2bc5a1ef.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3038bd45bc1579fc1392a85cf8874bfb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6058d99ead182ce341df86ce7af8d26.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32eb19ec55bb17a1cd66edaa812d15ea.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27165cb64007054660d87c35ab7d0d6b.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25d1be5675bd7fbd444fb5502445c02.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f433ed2d489e30b88ea84bb025c4067.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1186cb4aef9282d4a54335431b56e8b.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2a03aaf4e18358362f75a8b8306340.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b12c13c2b43aca6b3aca7540f3d434.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc63ce3c4ab80c6c2f22751a63928a3.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5207d585504574eb03870d75029f3f21.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f17a2ed4d37f3d0649ae21d900dec0.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c78fb4f3124c6d719e5f6787fbc4e84.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/284292df5072f3601a1b9a992842a92a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32eb19ec55bb17a1cd66edaa812d15ea.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6058d99ead182ce341df86ce7af8d26.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8366906de622f462a9f29ecb70b4f8c7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71e19530ddf1025c8153ee1439a402b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a6b0f88e39f878915a015b1d97dffaf.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f84318495db07cb8f2ea8372d3a549ff.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b12c13c2b43aca6b3aca7540f3d434.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3038bd45bc1579fc1392a85cf8874bfb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88e9ef4907ebf1fd3f99699140af3818.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3819d5af7fa9de76f1705825946d3303.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e20d8b4d0b30f1f565b456f16383fcf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aa158d6986ea17f13130c530a171bd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c05da38f3708489584ed9d8f4cd3e74.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c78fb4f3124c6d719e5f6787fbc4e84.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7b1ce90ddea5abc6c08351f142e64f7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc63ce3c4ab80c6c2f22751a63928a3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27165cb64007054660d87c35ab7d0d6b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5207d585504574eb03870d75029f3f21.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d78a04f570f8e9601cd498d2bc5a1ef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65af664d64af7cd1d1749ca6dddb70e2.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25d1be5675bd7fbd444fb5502445c02.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f433ed2d489e30b88ea84bb025c4067.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1186cb4aef9282d4a54335431b56e8b.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f17a2ed4d37f3d0649ae21d900dec0.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/284292df5072f3601a1b9a992842a92a.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2a03aaf4e18358362f75a8b8306340.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2179331e786494dac0ace4e85c913b49.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a29613f80c1961f9686884a4c26d97.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1167eb12427461b6a2df86998a599596.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3128a5f1f96d6985fdf3a2de2882bc2e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="4857750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4238625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10772775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="4048125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
-[...23 lines deleted...]
-      <xdr:row>2</xdr:row>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4705350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4229100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3962400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4848225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10248900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3143250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10191750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10353675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4295775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2743200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10467975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
-[...23 lines deleted...]
-      <xdr:row>3</xdr:row>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2743200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9429750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5695950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="imageA19" descr="imageA19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4733925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4333875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
-[...203 lines deleted...]
-      <xdr:row>10</xdr:row>
+        <xdr:cNvPr id="20" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8267700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5124450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4695825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4305300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4867275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6915150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4095750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4314825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4267200"/>
-    <xdr:pic>
-[...598 lines deleted...]
-    <xdr:ext cx="6667500" cy="4867275"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="imageA31" descr="imageA31"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -1527,341 +1527,341 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="361">
+    <row r="2" spans="1:26" customHeight="1" ht="433">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2"/>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="934">
+    <row r="3" spans="1:26" customHeight="1" ht="378">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3"/>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="386">
+    <row r="4" spans="1:26" customHeight="1" ht="961">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4"/>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="280">
+    <row r="5" spans="1:26" customHeight="1" ht="361">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5"/>
     </row>
-    <row r="6" spans="1:26" customHeight="1" ht="383">
+    <row r="6" spans="1:26" customHeight="1" ht="419">
       <c r="A6"/>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6"/>
     </row>
-    <row r="7" spans="1:26" customHeight="1" ht="961">
+    <row r="7" spans="1:26" customHeight="1" ht="377">
       <c r="A7"/>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7"/>
     </row>
-    <row r="8" spans="1:26" customHeight="1" ht="923">
+    <row r="8" spans="1:26" customHeight="1" ht="353">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8"/>
     </row>
-    <row r="9" spans="1:26" customHeight="1" ht="909">
+    <row r="9" spans="1:26" customHeight="1" ht="432">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9"/>
     </row>
-    <row r="10" spans="1:26" customHeight="1" ht="377">
+    <row r="10" spans="1:26" customHeight="1" ht="914">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" t="s">
         <v>21</v>
       </c>
       <c r="D10"/>
     </row>
-    <row r="11" spans="1:26" customHeight="1" ht="380">
+    <row r="11" spans="1:26" customHeight="1" ht="280">
       <c r="A11"/>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s">
         <v>23</v>
       </c>
       <c r="D11"/>
     </row>
-    <row r="12" spans="1:26" customHeight="1" ht="894">
+    <row r="12" spans="1:26" customHeight="1" ht="909">
       <c r="A12"/>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12"/>
     </row>
-    <row r="13" spans="1:26" customHeight="1" ht="914">
+    <row r="13" spans="1:26" customHeight="1" ht="923">
       <c r="A13"/>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13"/>
     </row>
-    <row r="14" spans="1:26" customHeight="1" ht="365">
+    <row r="14" spans="1:26" customHeight="1" ht="383">
       <c r="A14"/>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" t="s">
         <v>29</v>
       </c>
       <c r="D14"/>
     </row>
-    <row r="15" spans="1:26" customHeight="1" ht="385">
+    <row r="15" spans="1:26" customHeight="1" ht="244">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
         <v>31</v>
       </c>
       <c r="D15"/>
     </row>
-    <row r="16" spans="1:26" customHeight="1" ht="419">
+    <row r="16" spans="1:26" customHeight="1" ht="934">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" t="s">
         <v>33</v>
       </c>
       <c r="D16"/>
     </row>
-    <row r="17" spans="1:26" customHeight="1" ht="422">
+    <row r="17" spans="1:26" customHeight="1" ht="244">
       <c r="A17"/>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" t="s">
         <v>35</v>
       </c>
       <c r="D17"/>
     </row>
-    <row r="18" spans="1:26" customHeight="1" ht="432">
+    <row r="18" spans="1:26" customHeight="1" ht="842">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" t="s">
         <v>37</v>
       </c>
       <c r="D18"/>
     </row>
-    <row r="19" spans="1:26" customHeight="1" ht="378">
+    <row r="19" spans="1:26" customHeight="1" ht="508">
       <c r="A19"/>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" t="s">
         <v>39</v>
       </c>
       <c r="D19"/>
     </row>
-    <row r="20" spans="1:26" customHeight="1" ht="433">
+    <row r="20" spans="1:26" customHeight="1" ht="422">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20"/>
     </row>
-    <row r="21" spans="1:26" customHeight="1" ht="842">
+    <row r="21" spans="1:26" customHeight="1" ht="386">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:26" customHeight="1" ht="737">
       <c r="A22"/>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" t="s">
         <v>45</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:26" customHeight="1" ht="457">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" t="s">
         <v>47</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:26" customHeight="1" ht="419">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" t="s">
         <v>49</v>
       </c>
       <c r="D24"/>
     </row>
-    <row r="25" spans="1:26" customHeight="1" ht="617">
+    <row r="25" spans="1:26" customHeight="1" ht="384">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" t="s">
         <v>51</v>
       </c>
       <c r="D25"/>
     </row>
-    <row r="26" spans="1:26" customHeight="1" ht="353">
+    <row r="26" spans="1:26" customHeight="1" ht="434">
       <c r="A26"/>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" t="s">
         <v>53</v>
       </c>
       <c r="D26"/>
     </row>
-    <row r="27" spans="1:26" customHeight="1" ht="244">
+    <row r="27" spans="1:26" customHeight="1" ht="617">
       <c r="A27"/>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>55</v>
       </c>
       <c r="D27"/>
     </row>
-    <row r="28" spans="1:26" customHeight="1" ht="508">
+    <row r="28" spans="1:26" customHeight="1" ht="365">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" t="s">
         <v>57</v>
       </c>
       <c r="D28"/>
     </row>
-    <row r="29" spans="1:26" customHeight="1" ht="384">
+    <row r="29" spans="1:26" customHeight="1" ht="385">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" t="s">
         <v>59</v>
       </c>
       <c r="D29"/>
     </row>
-    <row r="30" spans="1:26" customHeight="1" ht="244">
+    <row r="30" spans="1:26" customHeight="1" ht="894">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" t="s">
         <v>61</v>
       </c>
       <c r="D30"/>
     </row>
-    <row r="31" spans="1:26" customHeight="1" ht="434">
+    <row r="31" spans="1:26" customHeight="1" ht="380">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" t="s">
         <v>63</v>
       </c>
       <c r="D31"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>