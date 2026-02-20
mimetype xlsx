--- v0 (2025-12-22)
+++ v1 (2026-02-20)
@@ -28,153 +28,153 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
-    <t>Photo de groupe à coté du lac de la Vogealle (2-1610)</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Plan géographique et informations sur le Refuge de la Vogealle </t>
+    <t>Chalets de la Vogealle et Chalet-Refuge du CAF (2-3112)</t>
+  </si>
+  <si>
+    <t>Chalets de la Vogealle et Chalet-Refuge du CAF</t>
   </si>
   <si>
     <t>Dessin des cascades du Dardey et du Nant de la "Vogeallaz" sur la route de la Vogealle (2-3020)</t>
   </si>
   <si>
     <t>Dessin des cascades du Dardey et du Nant de la "Vogeallaz" sur la route de la Vogealle, Boret</t>
   </si>
   <si>
-    <t>Chalets de la Vogealle et Chalet-Refuge du CAF (2-3112)</t>
-[...2 lines deleted...]
-    <t>Chalets de la Vogealle et Chalet-Refuge du CAF</t>
+    <t>Inauguration du chalet-refuge de la Vogealle (2-3999)</t>
+  </si>
+  <si>
+    <t>Inauguration du chalet-refuge de la Vogealle le 24 aout 1913</t>
+  </si>
+  <si>
+    <t>Inauguration du Chalet-Refuge de la Vogealle par ie C.A.F. le 24 août 1913 (56-041)</t>
+  </si>
+  <si>
+    <t>Inauguration du Chalet-Refuge de la "Vaugeallaz" par ie C.A.F. le 24 août 1913</t>
   </si>
   <si>
     <t>Lac de la "Voujelle" et du Fer à Cheval (2-371)</t>
   </si>
   <si>
     <t>Lac de la "Voujelle" et du Fer à Cheval
 Vogealle</t>
   </si>
   <si>
-    <t>Photo vue sur le lac de la Vogealle et le Mont Ruan (2-375)</t>
-[...8 lines deleted...]
-    <t>Inauguration du chalet-refuge de la Vogealle le 24 aout 1913</t>
+    <t>Le lac de la "Vogeallaz" et les Dents Blanches (56-021)</t>
+  </si>
+  <si>
+    <t>Le lac de la "Vogeallaz" et les Dents Blanches</t>
   </si>
   <si>
     <t>Photo à côté du « Tunnel du Dardé » sur le chemin de la Vogealle (2-4101)</t>
   </si>
   <si>
     <t>Photo à côté du « Tunnel du Dardé » sur le chemin de la Vogealle</t>
+  </si>
+  <si>
+    <t>Photo à la Vogealle des Dechavassine en 1926 par Joseph Riondel, guide (3-074)</t>
+  </si>
+  <si>
+    <t>Photo à la Vogealle des Dechavassine en 1926 par Joseph Riondel, guide</t>
+  </si>
+  <si>
+    <t>Photo aux chalets de la Vogealle (51-064)</t>
+  </si>
+  <si>
+    <t>Photo aux chalets de la Vogealle</t>
+  </si>
+  <si>
+    <t>Photo de groupe à coté du lac de la Vogealle (2-1610)</t>
+  </si>
+  <si>
+    <t>Photo de groupe à coté du lac de la Vogealle</t>
   </si>
   <si>
     <t>Photo devant les Chalets de la "Vogeallaj"  (2-427)</t>
   </si>
   <si>
     <t>Photo devant les Chalets de la "Vogeallaj" 
 Vogealle</t>
   </si>
   <si>
+    <t>Photo vue sur le lac de la Vogealle et le Mont Ruan (2-375)</t>
+  </si>
+  <si>
+    <t>Photo vue sur le lac de la Vogealle et le Mont Ruan</t>
+  </si>
+  <si>
     <t>Photo vue sur le lac de la Vogealle et les Dents Blanches (2-503)</t>
   </si>
   <si>
     <t>Photo vue sur le lac de la Vogealle et les Dents Blanches</t>
-  </si>
-[...10 lines deleted...]
-    <t>Photo à la Vogealle des Dechavassine en 1926 par Joseph Riondel, guide</t>
   </si>
   <si>
     <t>Photos de la construction du chalet de la Vogealle 1981 (30-004)</t>
   </si>
   <si>
     <t>Photos de la construction du chalet de la Vogealle 1981
 Thierry, Jean MOGENIER et Hubert DUCROZ</t>
   </si>
   <si>
-    <t>Photo aux chalets de la Vogealle (51-064)</t>
-[...8 lines deleted...]
-    <t>Le lac de la "Vogeallaz" et les Dents Blanches</t>
+    <t>Plan géographique et informations sur le Refuge de la Vogealle  (2-2655)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plan géographique et informations sur le Refuge de la Vogealle </t>
+  </si>
+  <si>
+    <t>Troupeau de moutons aux environs de la Vogealle (2-767)</t>
+  </si>
+  <si>
+    <t>Troupeau de moutons aux environs de la Vogealle</t>
   </si>
   <si>
     <t>Tunnel du Dardé sur le chemin de la Vogealle  (56-032)</t>
   </si>
   <si>
     <t>Tunnel du Dardé sur le chemin de la "Vogeale"</t>
-  </si>
-[...4 lines deleted...]
-    <t>Inauguration du Chalet-Refuge de la "Vaugeallaz" par ie C.A.F. le 24 août 1913</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -199,543 +199,543 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb5561afad8c88eb6a9bab803aaf7343.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a1a6ff759493fb1eaf83507903621a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a095f340329193b5c76badbf290f0b26.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ce868a7ec7638d6b933265f94aeaad.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7f77bf4a31ae1cf25d647f6f9016fd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612e9ae42102aa7b55d7c0c2373af9f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83e0dce595705e381034d2a925169b6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0af80b0e8c92e399eeee3ab03db62b9c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbfbca1edad2c89fb26830cdd047ea5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4e8cef1b96bba52d06bed71d57a921.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ccc97d9b886fd0972fec318561db67.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c901721e19644def2a6644816cf40a8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca794a62f3f11cbfc8fff035c5e5b93.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b95b71232f30d6906aa43bc804d295ee.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/454ca360c69a8740c62b3b027ea4c99e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80bff22e2eb2eda23e7535e47aeb3a2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c83a0028dd7debd8e342da4879f5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ce868a7ec7638d6b933265f94aeaad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a095f340329193b5c76badbf290f0b26.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83e0dce595705e381034d2a925169b6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f8c83a0028dd7debd8e342da4879f5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7f77bf4a31ae1cf25d647f6f9016fd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/454ca360c69a8740c62b3b027ea4c99e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0af80b0e8c92e399eeee3ab03db62b9c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c901721e19644def2a6644816cf40a8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b95b71232f30d6906aa43bc804d295ee.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb5561afad8c88eb6a9bab803aaf7343.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbfbca1edad2c89fb26830cdd047ea5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612e9ae42102aa7b55d7c0c2373af9f6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4e8cef1b96bba52d06bed71d57a921.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca794a62f3f11cbfc8fff035c5e5b93.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a1a6ff759493fb1eaf83507903621a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ccc97d9b886fd0972fec318561db67.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80bff22e2eb2eda23e7535e47aeb3a2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="4381500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10163175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4314825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="imageA4" descr="imageA4"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4419600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="imageA5" descr="imageA5"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9925050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="imageA6" descr="imageA6"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10039350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="imageA7" descr="imageA7"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10363200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="imageA8" descr="imageA8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9429750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="imageA9" descr="imageA9"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4029075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="imageA10" descr="imageA10"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="4324350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
-[...23 lines deleted...]
-      <xdr:row>2</xdr:row>
+        <xdr:cNvPr id="10" name="imageA11" descr="imageA11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4181475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10363200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9906000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6562725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9496425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="imageA3" descr="imageA3"/>
-[...263 lines deleted...]
-      <xdr:row>11</xdr:row>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4286250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="imageA12" descr="imageA12"/>
-[...143 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10420350"/>
-    <xdr:pic>
-[...28 lines deleted...]
-    <xdr:ext cx="6667500" cy="4419600"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -1061,211 +1061,211 @@
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" customHeight="1" ht="385">
+    <row r="2" spans="1:26" customHeight="1" ht="391">
       <c r="A2"/>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2"/>
     </row>
-    <row r="3" spans="1:26" customHeight="1" ht="847">
+    <row r="3" spans="1:26" customHeight="1" ht="906">
       <c r="A3"/>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3"/>
     </row>
-    <row r="4" spans="1:26" customHeight="1" ht="906">
+    <row r="4" spans="1:26" customHeight="1" ht="385">
       <c r="A4"/>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4"/>
     </row>
-    <row r="5" spans="1:26" customHeight="1" ht="391">
+    <row r="5" spans="1:26" customHeight="1" ht="394">
       <c r="A5"/>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:26" customHeight="1" ht="885">
       <c r="A6"/>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6"/>
     </row>
-    <row r="7" spans="1:26" customHeight="1" ht="924">
+    <row r="7" spans="1:26" customHeight="1" ht="895">
       <c r="A7"/>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7"/>
     </row>
-    <row r="8" spans="1:26" customHeight="1" ht="385">
+    <row r="8" spans="1:26" customHeight="1" ht="924">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8"/>
     </row>
-    <row r="9" spans="1:26" customHeight="1" ht="924">
+    <row r="9" spans="1:26" customHeight="1" ht="842">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9"/>
     </row>
-    <row r="10" spans="1:26" customHeight="1" ht="373">
+    <row r="10" spans="1:26" customHeight="1" ht="359">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" t="s">
         <v>21</v>
       </c>
       <c r="D10"/>
     </row>
-    <row r="11" spans="1:26" customHeight="1" ht="884">
+    <row r="11" spans="1:26" customHeight="1" ht="385">
       <c r="A11"/>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s">
         <v>23</v>
       </c>
       <c r="D11"/>
     </row>
-    <row r="12" spans="1:26" customHeight="1" ht="382">
+    <row r="12" spans="1:26" customHeight="1" ht="373">
       <c r="A12"/>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12"/>
     </row>
-    <row r="13" spans="1:26" customHeight="1" ht="842">
+    <row r="13" spans="1:26" customHeight="1" ht="924">
       <c r="A13"/>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13"/>
     </row>
-    <row r="14" spans="1:26" customHeight="1" ht="585">
+    <row r="14" spans="1:26" customHeight="1" ht="884">
       <c r="A14"/>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" t="s">
         <v>29</v>
       </c>
       <c r="D14"/>
     </row>
-    <row r="15" spans="1:26" customHeight="1" ht="359">
+    <row r="15" spans="1:26" customHeight="1" ht="585">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
         <v>31</v>
       </c>
       <c r="D15"/>
     </row>
-    <row r="16" spans="1:26" customHeight="1" ht="895">
+    <row r="16" spans="1:26" customHeight="1" ht="847">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" t="s">
         <v>33</v>
       </c>
       <c r="D16"/>
     </row>
-    <row r="17" spans="1:26" customHeight="1" ht="929">
+    <row r="17" spans="1:26" customHeight="1" ht="382">
       <c r="A17"/>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" t="s">
         <v>35</v>
       </c>
       <c r="D17"/>
     </row>
-    <row r="18" spans="1:26" customHeight="1" ht="394">
+    <row r="18" spans="1:26" customHeight="1" ht="929">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" t="s">
         <v>37</v>
       </c>
       <c r="D18"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>